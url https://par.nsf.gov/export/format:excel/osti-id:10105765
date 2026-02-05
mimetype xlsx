--- v0 (2025-11-02)
+++ v1 (2026-02-05)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10105765</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Development and Evaluation of Cybersecurity Education Games for High School Students</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Jin, Ge; Tu, M.; Kim, T.; Heffron, J.; White, J.; Trekles, A.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2018-09-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>International journal of engineering research &amp; innovation</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>25-35</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2152-4157</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Cybersecurity workforce development is the key to protecting information and information systems, and yet more than 30% of companies are short on security expertise. To address this need, the current authors have developed four cybersecurity education games to teach social engineering, secure online behavior, cyber defense methods, and cybersecurity first principles. These games are intended to recruit the next generation cybersecurity workforce by developing an innovative cybersecurity curriculum and pedagogical methods to provide high school students with hands-on activities in a game-based learning environment. Purdue University Northwest (PNW) offered high school summer camps for 181 high school students in June of 2016 and June of 2017. Out of 181 high school participants, 107 were underrepresented minority students, including African Americans, Hispanics, Asians, and Native Americans. To evaluate the effectiveness of the cybersecurity education games, post-camp surveys were conducted with 154 camp participants. The survey results indicated that the games were very effective in cybersecurity awareness training. Furthermore, the cybersecurity education games were more effective for male students than female students in raising student interest in computer science and cybersecurity.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1723666</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>