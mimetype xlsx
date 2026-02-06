--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10106092</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1093/mnras/stz1681</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>The ASAS-SN catalogue of variable stars – IV. Periodic variables in the APOGEE survey</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Pawlak, Michał; Pejcha, O; Jakubčík, P; Jayasinghe, T; Kochanek, C S; Stanek, K Z; Shappee, B J; Holoien, T W-S; Thompson, Todd A; Prieto, J L; Dong, S; Shields, J V; Pojmanski, G; Britt, C A; Will, D</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2019-06-21T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Monthly Notices of the Royal Astronomical Society</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>487</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>5932 to 5945</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0035-8711</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>ABSTRACT            We explore the synergy between photometric and spectroscopic surveys by searching for periodic variable stars among the targets observed by the Apache Point Observatory Galactic Evolution Experiment (APOGEE) using photometry from the All-Sky Automated Survey for Supernovae (ASAS-SN). We identified 1924 periodic variables among more than $258\, 000$ APOGEE targets; 465 are new discoveries. We homogeneously classified 430 eclipsing and ellipsoidal binaries, 139 classical pulsators (Cepheids, RR Lyrae, and δ Scuti), 719 long-period variables (pulsating red giants), and 636 rotational variables. The search was performed using both visual inspection and machine learning techniques. The light curves were also modelled with the damped random walk stochastic process. We find that the median [Fe/H] of variable objects is lower by 0.3 dex than that of the overall APOGEE sample. Eclipsing binaries and ellipsoidal variables are shifted to a lower median [Fe/H] by 0.2 dex. Eclipsing binaries and rotational variables exhibit significantly broader spectral lines than the rest of the sample. We make ASAS-SN light curves for all the APOGEE stars publicly available and provide parameters for the variable objects.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1814440; 1908952; 1908570; 1515927</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>