--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10106413</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3290605.3300782</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>How Users Interpret Bugs in Trigger-Action Programming</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Brackenbury, Will; Deora, Abhimanyu; Ritchey, Jillian; Vallee, Jason; He, Weijia; Wang, Guan; Littman, Michael L.; Ur, Blase</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2019-04-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>CHI Conference on Human Factors in Computing Systems Proceedings (CHI 2019)</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 12</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Trigger-action programming (TAP) is a programming model enabling users to connect services and devices by writing if-then rules. As such systems are deployed in increasingly complex scenarios, users must be able to identify programming bugs and reason about how to fix them. We first systematize the temporal paradigms through which TAP systems could express rules. We then identify ten classes of TAP programming bugs related to control flow, timing, and inaccurate user expectations. We report on a 153-participant online study where participants were assigned to a temporal paradigm and shown a series of pre-written TAP rules. Half of the rules exhibited bugs from our ten bug classes. For most of the bug classes, we found that the presence of a bug made it harder for participants to correctly predict the behavior of the rule. Our findings suggest directions for better supporting end-user programmers.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1837120; 1835890; 1836948</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>