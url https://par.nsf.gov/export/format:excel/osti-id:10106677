--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10106677</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3311890.3311895</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>A Revaluation of How We Think about Making: Examining Assembly Practices and Artifact Imagination in Biomaking</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Lui, Debora; Kafai, Yasmin B.; Walker, Justice T.; Hanna, Sheri; Hogan, Karen; Telhan, Orkan</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2019-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>FabLearn ‘19</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>34 to 41</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>While much research focused on making emphasizes digital and tangible media, few studies have explored making with biology, or biomaking, where people use cells as fabrication units to grow or “make” desired materials for designing real world applications. This lack is especially glaring considering how biomaking and related industries are often aligned with a growing push toward sustainable production as a way of addressing the pressing environmental issues of the day. In order address how maker frameworks could be used as a productive way of bringing biomaking into K-12 contexts, we report on the design and implementation of a biomaking workshop where teams of high school students both assembled a physical biosensor and imagined applications for this technology to address real world issues. Using classroom observations, analysis of classroom projects, and focus group interviews, we examined student experiences and perceptions of these activities in order to ask: What the affordances and challenges of biomaking in supporting maker learning, especially with regard to the less common practices of assembly and imagining? In the discussion, we review what we learned about facilitating biomaking in K-12 setting, as well how our analysis led us to a revaluation of the often crucial but neglected role assembly plays in more ‘typical’ maker activities, and the possibilities for enriching maker activities by including design prototyping and imagination.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1623018</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>