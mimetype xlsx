--- v0 (2025-11-03)
+++ v1 (2026-02-05)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10106678</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.22318/cscl2018.1559</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Biohacking Food: A Case Study of Science Inquiry and Design Reflections about a Synthetic Biology High School Workshop.</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Walker, J.T.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2018-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>International Conference of the Learning Sciences</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>In synthetic biology scientists genetically modify—or biohack—cells in order to repurpose their function or products. While synthetic biology is gaining societal relevance, few opportunities exist for K-12 students to have actual biodesign or biohacking experiences. To examine how high school students can use synthetic biology to engage not only in key science inquiry but also maker practices, we developed and implemented a workshop in which high school students genetically modified and repurposed yeast to produce and deliver vitamin A. Analyzing workshop observations and interviews of focus groups, we addressed the following research questions: (1) How did biodesign activities reflect science practices as characterized in national science standards? and (2) What did students have to say about their experiences with bio-design activities? In the discussion, we address what we learned about facilitating and improving biodesign in K-12 in classrooms.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1623018</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>