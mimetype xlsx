--- v0 (2025-11-03)
+++ v1 (2026-01-17)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,93 +86,81 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10106773</t>
-[...8 lines deleted...]
-    <t>Xu, Shuozhi; Smith, Lauren; Mianroodi, Jaber R; Hunter, Abigail; Svendsen, Bob; Beyerlein, Irene J</t>
+    <t>10076796</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2019-10-01T04:00:00Z</t>
-[...14 lines deleted...]
-    <t>0965-0393</t>
+    <t>Learning Generalizable Robot Skills from Demonstrations in Cluttered Environments</t>
+  </si>
+  <si>
+    <t>Rana, M. A.</t>
+  </si>
+  <si>
+    <t>2018-10-01T04:00:00Z</t>
+  </si>
+  <si>
+    <t>IEEE/RSJ International Conference on Intelligent Robots and Systems</t>
+  </si>
+  <si>
+    <t>Learning from Demonstration (LfD) is a popular approach to endowing robots with skills without having to program them by hand. Typically, LfD  relies on human demonstrations in clutter-free environments. This prevents the demonstrations from being affected by irrelevant objects, whose influence can obfuscate the true intention of the human or the constraints of the desired skill. However, it is unrealistic to assume that the robot's environment can always be restructured to remove clutter when capturing human demonstrations. To contend with this problem, we develop an importance weighted batch and incremental skill learning approach, building on a recent inference-based technique for skill representation and reproduction. Our approach reduces unwanted environmental influences on the learned skill, while still capturing the salient human behavior. We provide both batch and incremental versions of our approach and validate our algorithms on a 7-DOF JACO2 manipulator with reaching and placing skills.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1725797</t>
-[...5 lines deleted...]
-    <t>Journal Article</t>
+    <t>1637562</t>
+  </si>
+  <si>
+    <t>2018</t>
+  </si>
+  <si>
+    <t>Conference Paper</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -282,94 +270,88 @@
       </c>
       <c r="X1" t="s" s="1">
         <v>23</v>
       </c>
       <c r="Y1" t="s" s="1">
         <v>24</v>
       </c>
       <c r="Z1" t="s" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
+        <v>27</v>
+      </c>
+      <c r="F2" t="s" s="0">
+        <v>27</v>
+      </c>
+      <c r="G2" t="s" s="0">
         <v>30</v>
       </c>
-      <c r="F2" t="s" s="0">
-[...2 lines deleted...]
-      <c r="G2" t="s" s="0">
+      <c r="H2" t="s" s="0">
         <v>31</v>
       </c>
-      <c r="H2" t="s" s="0">
+      <c r="I2" s="0"/>
+      <c r="J2" s="0"/>
+      <c r="K2" s="0"/>
+      <c r="L2" s="0"/>
+      <c r="M2" s="0"/>
+      <c r="N2" t="s" s="0">
         <v>32</v>
       </c>
-      <c r="I2" t="s" s="0">
+      <c r="O2" t="s" s="0">
         <v>33</v>
       </c>
-      <c r="J2" t="s" s="0">
+      <c r="P2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="K2" t="s" s="0">
+      <c r="Q2" t="s" s="0">
+        <v>27</v>
+      </c>
+      <c r="R2" t="s" s="0">
         <v>35</v>
       </c>
-      <c r="L2" t="s" s="0">
-[...15 lines deleted...]
-      </c>
       <c r="S2" t="s" s="0">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="T2" t="s" s="0">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>