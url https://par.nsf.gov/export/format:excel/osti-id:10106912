--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10106912</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3308558.3313632</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>CoaCor: Code Annotation for Code Retrieval with Reinforcement Learning</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Yao, Ziyu; Peddamail, Jayavardhan Reddy; Sun, Huan</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2019-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The World Wide Web Conference</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>2203 to 2214</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>To accelerate software development, much research has been performed to help people understand and reuse the huge amount of available code resources. Two important tasks have been widely studied: code retrieval, which aims to retrieve code snippets relevant to a given natural language query from a code base, and code annotation, where the goal is to annotate a code snippet with a natural language description. Despite their advancement in recent years, the two tasks are mostly explored separately. In this work, we investigate a novel perspective of Code annotation for Code retrieval (hence called “CoaCor”), where a code annotation model is trained to generate a natural language annotation that can represent the semantic meaning of a given code snippet and can be leveraged by a code retrieval model to better distinguish relevant code snippets from others. To this end, we propose an effective framework based on reinforcement learning, which explicitly encourages the code annotation model to generate annotations that can be used for the retrieval task. Through extensive experiments, we show that code annotations generated by our framework are much more detailed and more useful for code retrieval, and they can further improve the performance of existing code retrieval models significantly.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1815674</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>