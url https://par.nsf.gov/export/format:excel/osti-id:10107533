--- v0 (2025-11-03)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10107533</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Probing Extreme Environments with Very-High-Energy Gamma Rays</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Williams, David A.; Alves, Rafael Batista; Bird, Ralph; Biteau, Jonathan; Bulgarelli, Andrea; Cerruti, Matteo; Coppi, Paolo; D'Ammando, Filippo; De Cesare, Giovanni; Dwarkadas, Vikram V.; Fortson, Lucy; Giglietto, Nicola; Gnatyk, Roman; Goldoni, Paolo; Hassan, Tarek; Hinton, Jim; Holder, Jamie; Humensky, Brian; Inoue, Susumu; Kieda, David; Lenain, Jean-Philippe; Lindfors, Elina; Meyer, Manuel; Moulin, Emmanuel; Mukherjee, Reshmi; Mundell, Carole G.; O'Brien, Paul; Ohm, Stefan; Ong, Rene; Pe'er, Asaf; Rudak, Bronislaw; Rulten, Cameron; Santander, Marcos; Sergijenko, Olga; Torres, Diego F.; Vandenbroucke, Justin; Vorobiov, Serguei; Zech, Andreas; Consortium, CTA</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2019-05-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Bulletin of the American Astronomical Society</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>51</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>265</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2330-9458</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Very-high-energy gamma rays (traditionally above ∼100 GeV) are the most energetic cosmic electromagnetic radiation observed and trace the presence of charged particles of even higher energy. These gamma rays can provide unique views of the strong magnetic fields around neutron stars and the strong gravitational fields around neutron stars and black holes. At the other extreme of density, they can probe the environment of cosmic voids. This white paper briefly summarizes what can be learned over the coming decade about extreme astrophysical environments through ground-based gamma-ray observations over the 20 GeV to 300 TeV range. The majority of the material is drawn directly from Science with the Cherenkov Telescope Array, which describes the overall science case for CTA. We request that authors wishing to cite results contained in this white paper cite the original work.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1707432</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>