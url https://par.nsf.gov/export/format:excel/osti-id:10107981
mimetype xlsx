--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10107981</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3332186.3338097</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Parallel Framework for Data-Intensive Computing with XSEDE</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Subramanian, Ranjini; Zhang, Hui</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2019-07-20T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>PEARC '19 Proceedings of the Practice and Experience in Advanced Research Computing on Rise of the Machines (learning)</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 8</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>With the increase in data-driven analytics, the demand for high performing computing resources has risen. There are many high-performance computing centers providing cyberinfrastructure (CI) for academic research. However, there exists access barriers in bringing these resources to a broad range of users. Users who are new to data analytics field are not yet equipped to take advantage of the tools offered by CI. In this paper, we propose a framework to lower the access barriers that exist in bringing the high-performance computing resources to users that do not have the training to utilize the capability of CI. The framework uses divide-and-conquer (DC) paradigm for data-intensive computing tasks. It consists of three major components - user interface (UI), parallel scripts generator (PSG) and underlying cyberinfrastructure (CI). The goal of the framework is to provide a user-friendly method for parallelizing data-intensive computing tasks with minimal user intervention. Some of the key design goals are usability, scalability and reproducibility. The users can focus on their problem and leave the parallelization details to the framework.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1726532</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>