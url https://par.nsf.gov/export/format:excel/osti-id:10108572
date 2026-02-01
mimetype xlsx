--- v0 (2025-11-01)
+++ v1 (2026-02-01)
@@ -6,180 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...128 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -194,189 +65,307 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10108572</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.25300/MISQ/2018/14242</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>The Impact of Ideology Misfit on Open Source Software Communities and Companies</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>S. L. Daniel, L. M.; Maruping, L.; Cataldo, M.; Herbsleb, J.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2018-12-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Management information systems quarterly</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1069-1096</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2162-9730</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Corporate involvement in open source software (OSS) communities has increased substantially in recent years. Often this takes the form of company employees devoting their time to contribute code to the efforts of projects in these communities. Ideology has traditionally served to motivate, coordinate, and guide volunteer contributions to OSS communities. As employees represent an increasing proportion of the participants in OSS
+communities, the role of OSS ideology in guiding their commitment and code contributions is unknown. In this research, we argue that OSS ideology misfit has important implications for companies and the OSS communities to which their employees contribute, since their engagement in such communities is not necessarily voluntary. We conceptualize two different types of misfit: OSS ideology under-fit, whereby an employee embraces an OSS ideology more than their coworkers or OSS community do, and OSS ideology overfit, whereby an employee perceives that their coworkers or OSS community embrace the OSS ideology more strongly than the employee does. To develop a set of hypotheses about the implications of these two types of misfit for employee commitment to the company and commitment to the OSS community, we draw on selfdetermination theory. We test the hypotheses in a field study of 186 employees who participate in an OSS
+community. We find that OSS ideology under-fit impacts the company and the community in the same way: it decreases employee commitment to the company and commitment to the OSS community. In contrast, we find that OSS ideology over-fit increases commitment to the company but decreases commitment to the OSS community. Finally, we find that employees’ commitment to their company reinforces the impact of their commitment to the OSS community in driving ongoing code contributions. This provides a holistic view of OSS ideology and its impacts among an increasingly pervasive yet understudied type of participant in OSS research. It provides insights for companies that are considering assigning their employees to work in OSS communities as well as for OSS communities that are partnering with these companies.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1633083</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>