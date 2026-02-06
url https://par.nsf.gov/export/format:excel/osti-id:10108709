--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10108709</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1073/pnas.1814058116</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Learning data-driven discretizations for partial differential equations</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Bar-Sinai, Yohai; Hoyer, Stephan; Hickey, Jason; Brenner, Michael P.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2019-07-30T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the National Academy of Sciences</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>116</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>15344 to 15349</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0027-8424</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>The numerical solution of partial differential equations (PDEs) is challenging because of the need to resolve spatiotemporal features over wide length- and timescales. Often, it is computationally intractable to resolve the finest features in the solution. The only recourse is to use approximate coarse-grained representations, which aim to accurately represent long-wavelength dynamics while properly accounting for unresolved small-scale physics. Deriving such coarse-grained equations is notoriously difficult and often ad hoc. Here we introduce data-driven discretization, a method for learning optimized approximations to PDEs based on actual solutions to the known underlying equations. Our approach uses neural networks to estimate spatial derivatives, which are optimized end to end to best satisfy the equations on a low-resolution grid. The resulting numerical methods are remarkably accurate, allowing us to integrate in time a collection of nonlinear equations in 1 spatial dimension at resolutions 4× to 8× coarser than is possible with standard finite-difference methods.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1715477</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>