--- v0 (2026-01-16)
+++ v1 (2026-02-05)
@@ -6,168 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="38">
-[...116 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -182,185 +65,307 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10109262</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Unsupervised Image Captioning</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Feng, Yang; Ma, Lin; Liu, Wei; Luo, Jiebo</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2019-06-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>IEEE Conference on Computer Vision and Pattern Recognition</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2163-6648</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Deep neural networks have achieved great successes on the image captioning task. However, most of the existing models depend heavily on paired image-sentence datasets,
+which are very expensive to acquire. In this paper, we make the first attempt to train an image captioning model in an unsupervised manner. Instead of relying on manually labeled image-sentence pairs, our proposed model merely requires an image set, a sentence corpus, and an existing visual concept detector. The sentence corpus is used to teach
+the captioning model how to generate plausible sentences. Meanwhile, the knowledge in the visual concept detector is distilled into the captioning model to guide the model to recognize the visual concepts in an image. In order to further encourage the generated captions to be semantically consistent with the image, the image and caption are projected into a common latent space so that they can reconstruct each other. Given that the existing sentence corpora are mainly designed for linguistic research and are thus with little reference to image contents, we crawl a large-scale image description corpus of two million natural sentences to facilitate the unsupervised image captioning scenario. Experimental results show that our proposed model is able to produce quite promising results without any caption annotations.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1813709; 1722847</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>