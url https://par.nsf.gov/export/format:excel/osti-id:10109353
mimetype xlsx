--- v0 (2026-01-17)
+++ v1 (2026-01-18)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,78 +86,84 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10109353</t>
+    <t>10066149</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1109/WSC.2017.8247861</t>
+  </si>
+  <si>
+    <t>An agent based model for joint placement of PV panels and green roofs</t>
+  </si>
+  <si>
+    <t>Li, Xueping; Ramshani, Mohammad; Khojandi, Anahita; Omitaomu, Olufemi; Hathaway, Jon Michael</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>PartNet: A Large-scale Benchmark for Fine-grained and Hierarchical Part-level 3D Object Understanding</t>
-[...11 lines deleted...]
-    <t>1063-6919</t>
+    <t>2017-12-01T05:00:00Z</t>
+  </si>
+  <si>
+    <t>Proceedings of the 2017 Winter Simulation Conference</t>
+  </si>
+  <si>
+    <t>1133 to 1144</t>
+  </si>
+  <si>
+    <t>Photovoltaic panels generate electricity directly from sunlight, making them a favored renewable technology. Green roofs are rooftops covered with vegetation, which provide a variety of benefits, namely, reducing stormwater runoff, improving air quality, and biodiversity. Green roofs are capable of improving the efficiency of Photovoltaic panels, as shown by the recent studies. Optimal placement of Photovoltaic panels and green roofs is a challenging problem due to the complications imposed by uncertainties associated with future climate conditions, specifically due to climate change. An agent based model to optimally place Photovoltaic panels and green roofs is developed in this study. We propose a tabu search metaheuristic algorithm to solve the developed model. Then, a real-world case for a mid-sized city in the U.S. is solved as a case study for the model. We further conduct numerical analysis and provide insights.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1763268; 1528025</t>
-[...2 lines deleted...]
-    <t>2019</t>
+    <t>1634975</t>
+  </si>
+  <si>
+    <t>2017</t>
   </si>
   <si>
     <t>Conference Paper</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
@@ -270,88 +276,90 @@
       </c>
       <c r="X1" t="s" s="1">
         <v>23</v>
       </c>
       <c r="Y1" t="s" s="1">
         <v>24</v>
       </c>
       <c r="Z1" t="s" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="I2" s="0"/>
       <c r="J2" s="0"/>
-      <c r="K2" s="0"/>
-[...2 lines deleted...]
-      </c>
+      <c r="K2" t="s" s="0">
+        <v>33</v>
+      </c>
+      <c r="L2" s="0"/>
       <c r="M2" s="0"/>
-      <c r="N2" s="0"/>
+      <c r="N2" t="s" s="0">
+        <v>34</v>
+      </c>
       <c r="O2" t="s" s="0">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="Q2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="S2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>