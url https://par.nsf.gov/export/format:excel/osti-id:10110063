--- v0 (2025-10-31)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10110063</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/ISVLSI.2018.00108</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>A Fast and Effective Memristor-Based Method for Finding Approximate Eigenvalues and Eigenvectors of Non-negative Matrices</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Wang, Chenghong; Jalali, Zeinab S.; Ding, Caiwen; Wang, Yanzhi; Soundarajan, Sucheta</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2018-07-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>2018 IEEE Computer Society Annual Symposium on VLSI (ISVLSI)</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>563 to 568</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Throughout many scientific and engineering fields, including control theory, quantum mechanics, advanced dynamics, and network theory, a great many important applications rely on the spectral decomposition of matrices. Traditional methods such as the power iteration method, Jacobi eigenvalue method, and QR decomposition are commonly used to compute the eigenvalues and eigenvectors of a square and symmetric matrix. However, these methods suffer from certain drawbacks: in particular, the power iteration method can only find the leading eigen-pair (i.e., the largest eigenvalue and its corresponding eigenvector), while the Jacobi and QR decomposition methods face significant performance limitations when facing with large scale matrices. Typically, even producing approximate eigenpairs of a general square matrix requires at least O(N^3) time complexity, where N is the number of rows of the matrix. In this work, we exploit the newly developed memristor technology to propose a low-complexity, scalable memristor-based method for deriving a set of dominant eigenvalues and eigenvectors for real symmetric non-negative matrices. The time complexity for our proposed algorithm is O(N^2 /Δ) (where Δ governs the accuracy). We present experimental studies to simulate the memristor-supporting algorithm, with results demonstrating that the average error for our method is within 4%, while its performance is up to 1.78X better than traditional methods.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1637559</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>