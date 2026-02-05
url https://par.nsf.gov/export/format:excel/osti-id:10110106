--- v0 (2025-11-03)
+++ v1 (2026-02-05)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10110106</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1073/pnas.1807180116</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Data visualization literacy: Definitions, conceptual frameworks, exercises, and assessments</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Börner, Katy; Bueckle, Andreas; Ginda, Michael</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2019-02-05T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the National Academy of Sciences</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>116</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1857 to 1864</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0027-8424</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>In the information age, the ability to read and construct data visualizations becomes as important as the ability to read and write text. However, while standard definitions and theoretical frameworks to teach and assess textual, mathematical, and visual literacy exist, current data visualization literacy (DVL) definitions and frameworks are not comprehensive enough to guide the design of DVL teaching and assessment. This paper introduces a data visualization literacy framework (DVL-FW) that was specifically developed to define, teach, and assess DVL. The holistic DVL-FW promotes both the reading and construction of data visualizations, a pairing analogous to that of both reading and writing in textual literacy and understanding and applying in mathematical literacy. Specifically, the DVL-FW defines a hierarchical typology of core concepts and details the process steps that are required to extract insights from data. Advancing the state of the art, the DVL-FW interlinks theoretical and procedural knowledge and showcases how both can be combined to design curricula and assessment measures for DVL. Earlier versions of the DVL-FW have been used to teach DVL to more than 8,500 residential and online students, and results from this effort have helped revise and validate the DVL-FW presented here.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1839167</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>