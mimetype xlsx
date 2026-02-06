--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,163 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
-[...111 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -177,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10110249</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Examining Synergistic Learning of Physics and Computational Thinking through Collaborative Problem Solving in Computational Modeling</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Grover, S.; Biswas, G.; Hutchins, N.; Snyder, C.; &amp; Emara, M.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2019-04-05T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Annual Meeting of the American Education Research Association</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Computational modeling has been shown to benefit integrated learning of science and computational thinking (CT), however the mechanics of this synergistic learning are not well understood. In this research, we examine discourse during collaborative computational model building through the lens of a collaborative problem solving framework to gain insights into collaboration and synergistic learning of high school physics and CT. We pilot our novel approach in the context of C2STEM, a designed modeling environment,  and examine collaboration and synergistic learning episodes in  a video capture of a dyad modeling 2D motion with constant velocities. Our findings exhibit the promise of our approach and lay the foundation for guiding future automated approaches to detecting the synergistic learning of science and CT.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1640199</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>