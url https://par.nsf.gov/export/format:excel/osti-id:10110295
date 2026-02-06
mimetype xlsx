--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10110295</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/FIE.2018.8658992</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Closing the Skills Gap: Construction and Engineering Education Using Mixed Reality – A Case Study</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Wu, Wei; Tesei, Aaron; Ayer, Steven; London, Jeremi; Luo, Yupeng; Gunji, Venkata</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2018-10-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>2018 IEEE Frontiers in Education Conference (FIE)</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 5</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>This research work-in-progress paper investigated the application of emerging mixed reality (MR) technology in construction and engineering education. The construction industry is facing a severe shortage of skilled workforce. As the baby boomers are retiring, the younger generation, especially college students, are often criticized for their lack of professional experience and career-specific competency. To close the skills gap and accelerate the transition of college students to competent workforce, this paper proposed a new genre of learning and professional training using MR. The main promise of the MR technology resides in its ability to augment virtual contents on top of the physical reality to facilitate tacit knowledge learning, and simulate learning activities that traditionally can only be obtained from actual professional experience. An undergraduate wood framing lab was designed as a case study to explore how students might perform in this new learning and training environment. Specifically, the case study investigated if MR would facilitate student design comprehension and transfer such understanding into the knowledge and skills needed to build the wood structure. A randomly selected student control group was given traditional paper-based construction drawings to perform the same tasks with other student groups with various visualization technology assistance. Project performance and behavior of student groups were compared to determine if there was a significant difference between the control group and the experiment groups. A pair of pre- and post-survey on MR-intervened learning experience was also conducted to explore student perceptions towards this new genre of learning and training. The research design proposed in this work-in-progress study and its preliminary results could be a good reference and foundation to future research in this arena.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1735804; 1735878</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>