--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,163 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
-[...111 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -177,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10110517</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Analysis of Joint Scheduling and Power Control for Predictable URLLC in Industrial Wireless Networks</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Wang, Ling; Zhang, Hongwei</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2019-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>IEEE International Conference on Industrial Internet (ICII)</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Wireless networks are being applied in various industrial sectors, and they are posed to support mission-critical industrial IoT applications which require ultra-reliable, low-latency communications (URLLC). Ensuring predictable per-packet communication reliability is a basis of predictable URLLC, and scheduling and power control are two basic enablers. Scheduling and power control, however, are subject to challenges such as harsh environments, dynamic channels, and distributed network settings in industrial IoT. Existing solutions are mostly based on heuristic algorithms or asymptotic analysis of network performance, and there lack field-deployable algorithms for ensuring predictable per-packet reliability. Towards addressing the gap, we examine the cross-layer design of joint scheduling and power control and analyze the associated challenges. We introduce the Perron–Frobenius theorem to demonstrate that scheduling is a must for ensuring predictable communication reliability, and by investigating characteristics of interference matrices, we show that scheduling with close-by links silent effectively constructs a set of links whose required reliability is feasible with proper transmission power control. Given that scheduling alone is unable to ensure predictable communication reliability while ensuring high throughput and addressing fast-varying channel dynamics, we demonstrate how power control can help improve both the reliability at each time instant and throughput in the long-term. Based on the analysis, we propose a candidate framework of joint scheduling and power control, and we demonstrate how this framework behaves in guaranteeing per-packet communication reliability in the presence of wireless channel dynamics of different time scales. Collectively, these findings provide insight into the cross-layer design of joint scheduling and power control for ensuring predictable per-packet reliability in the presence of wireless network dynamics and uncertainties.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1827211; 1821962</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>