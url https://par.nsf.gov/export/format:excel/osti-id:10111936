--- v0 (2025-11-02)
+++ v1 (2026-01-17)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,93 +86,106 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10111936</t>
-[...8 lines deleted...]
-    <t>Al Masud, Md; Erol, Anil; Edson, Connor; Ounaies, Zoubeida; vonLockette, Paris</t>
+    <t>10147857</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1109/ICASSP40776.2020.9054734</t>
+  </si>
+  <si>
+    <t>F0-Consistent Many-To-Many Non-Parallel Voice Conversion Via Conditional Autoencoder</t>
+  </si>
+  <si>
+    <t>Qian, Kaizhi; Jin, Zeyu; Hasegawa-Johnson, Mark; Mysore, Gautham J.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2019-03-29T04:00:00Z</t>
-[...11 lines deleted...]
-    <t>In this study, we investigated hierarchical microarchitecture formation of magnetic barium hexaferrite (BF) platelets inside the polydimethylsiloxane (PDMS) matrix using electric and magnetic field colloidal assembly technique. First, external fields were applied to the colloidal solution to form the microstructure before curing the composites. After microstructure formation the composites were cured to freeze the microstructure by the application of heat. We investigated two different cases in this study-(1) magnetic field processed composites and (2) multi-field processed composites which were processed under both magnetic and electric field. We observed that macro-chains formed due to the electric and magnetic field had much higher length compared to the macro-chains formed due to the just magnetic field. For both cases individuals BHF are found to be oriented in the direction of external field. The analysis of SEM microstructures using ImageJ and MATLAB showed that at least two different level of hierarchies are present in the microstructure for both cases which can be named as BHF stacks and micro-chains. From the microstructure analysis, we found that compared to just magnetic field processed composites, the orientation of individual particles, BHF stacks and micro-chains in relation to the external field were found to be higher for the multi-field processed composites. Magneto-electro-hydrodynamics modeling of the polymer-particulate mixture predicted similar behavior. Computational simulations were performed wherein particulates, subjected to both DEP forces and additional magnetic dipole interactions, were allowed to form quasi-equilibrium structures before locking in a final structure to represent curing. Results show that dielectrophoretic (DEP) force produced from the local non-uniform electric field facilitates the translation of the platelets towards formation of chain-like structure, while external magnetic field augmented the rotation of particles inside the chain-like structure. Analysis of the simulation of microstructures confirms that multiple level of hierarchies are present in the composites microstructure for both cases, while the case with both electric and magnetic fields produced longer chains. The understanding of the hierarchical microstructure formation using the multi-field processing technique will help in the future to fabricate more complex microarchitectures with resulting multi-material properties.</t>
+    <t>2020-05-04T04:00:00Z</t>
+  </si>
+  <si>
+    <t>IEEE ICASSP 2020</t>
+  </si>
+  <si>
+    <t>6284 to 6288</t>
+  </si>
+  <si>
+    <t>Non-parallel many-to-many voice conversion remains an interesting
+but challenging speech processing task. Many style-transfer-inspired
+methods such as generative adversarial networks (GANs) and variational
+autoencoders (VAEs) have been proposed. Recently, AUTOVC,
+a conditional autoencoders (CAEs) based method achieved
+state-of-the-art results by disentangling the speaker identity and
+speech content using information-constraining bottlenecks, and it
+achieves zero-shot conversion by swapping in a different speaker’s
+identity embedding to synthesize a new voice. However, we found
+that while speaker identity is disentangled from speech content, a
+significant amount of prosodic information, such as source F0, leaks
+through the bottleneck, causing target F0 to fluctuate unnaturally.
+Furthermore, AUTOVC has no control of the converted F0 and
+thus unsuitable for many applications. In the paper, we modified
+and improved autoencoder-based voice conversion to disentangle
+content, F0, and speaker identity at the same time. Therefore, we
+can control the F0 contour, generate speech with F0 consistent with
+the target speaker, and significantly improve quality and similarity.
+We support our improvement through quantitative and qualitative
+analysis.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1762188</t>
-[...2 lines deleted...]
-    <t>2019</t>
+    <t>1910319</t>
+  </si>
+  <si>
+    <t>2020</t>
   </si>
   <si>
     <t>Conference Paper</t>
-  </si>
-[...1 lines deleted...]
-    <t>SPIE Proceedings</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -293,83 +306,79 @@
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
-      <c r="I2" t="s" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="I2" s="0"/>
       <c r="J2" s="0"/>
       <c r="K2" t="s" s="0">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="L2" s="0"/>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
+        <v>34</v>
+      </c>
+      <c r="O2" t="s" s="0">
         <v>35</v>
       </c>
-      <c r="O2" t="s" s="0">
+      <c r="P2" t="s" s="0">
         <v>36</v>
       </c>
-      <c r="P2" t="s" s="0">
+      <c r="Q2" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="R2" t="s" s="0">
         <v>37</v>
-      </c>
-[...4 lines deleted...]
-        <v>38</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>39</v>
-[...3 lines deleted...]
-      </c>
+        <v>38</v>
+      </c>
+      <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>