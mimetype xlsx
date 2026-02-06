--- v0 (2025-10-31)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="38">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,308 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10112030</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Design Educators’ Conceptions of Prototyping in Engineering Design Courses</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Ali, Hadi; Lande, Micah</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2019-06-19T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>ASEE Annual Conference proceedings</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1524-4644</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>This is a research study that investigates the range of conceptions of prototyping in engineering design courses through exploring the conceptions and implementations from the instructors’ perspective. Prototyping is certainly an activity central to engineering design. The context of prototyping to support engineering education and practice has a range of implementations in an undergraduate engineering curriculum, from first-year engineering to capstone engineering design experiences. Understanding faculty conceptions’ of the reason, purpose, and place of prototyping can help illustrate how teaching and learning of the engineering design process is realistically implemented across a curriculum and how students are prepared for work practice. We seek to understand, and consequently improve, engineering design teaching and learning, through transformations of practice that are based on engineering education research.
+In this exploratory study, we interviewed three faculty members who teach engineering design in project-based learning courses across the curriculum of an undergraduate engineering program. This builds on related work done by the authors that previously investigated undergraduate engineering students’ conceptions of prototyping activities and process. With our instructor participants, a similar interview protocol was followed through semi-structured qualitative interviews. Data analysis has been undertaken through an emerging thematic analysis of these interview transcripts. Early findings characterize the focus on teaching the design process; the kind of feedback that the educators provide on students’ prototypes; students’ behavior while working on design projects; and educators’ perspectives on the design course.
+Understanding faculty conceptions with students’ conceptions of prototyping can shed light on the efficacy of using prototyping as an authentic experience in design teaching and learning. In project-based learning courses, particular issues of authenticity and assessment are under consideration, especially across the curriculum. More specifically, “proportions of problems” inform “problem solving” as one of the key characteristics in design thinking, teaching and learning. More attention to prototyping as part of the study of problem-solving processes can be useful to enhance understanding of the impact of instructional design. Challenges for teaching engineering design exist, and may be due to difficulties in framing design problems, recognizing what expertise students possess, and assessing their expertise to help them reach their goals, all at an appropriate place and ambiguity with student learning goals.
+Initial findings show that prototyping activities can help students become more reflective on their design. Scaffolded activities in prototyping can support self-regulated learning by students. The range of support and facilities, such as campus makerspaces, may also help students and instructors alike develop industry-ready engineering students.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1723802</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>