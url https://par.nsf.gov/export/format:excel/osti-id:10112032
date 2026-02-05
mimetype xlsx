--- v0 (2025-11-01)
+++ v1 (2026-02-05)
@@ -6,167 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="38">
-[...115 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -181,183 +65,306 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10112032</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Why make it? Understanding undergraduate engineering students' conceptions for the purpose of prototyping in engineering design activities</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Ali, Hadi; Liu, Yue</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2018-10-06T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Frontiers in education</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2504-284X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Prototyping in design provides ways to navigate ambiguity in the design problem, gain insight through the refinement of ideas, and aid in communication between team members. However, while designing, students often underutilize prototyping and do not consider it as an integral part of the design process. To facilitate the scaffolding of design activities, it is necessary first to understand students’ conceptions of prototyping. In this study, we use artifact elicitation interviews as a method to elicit students’ conceptions by moving from the specifics of the artifacts they brought with them to the interview, to their general understanding of prototyping. Participants in the study are students in an undergraduate sophomore design oriented, project-based learning course in a large southwestern university. Students were invited to participate in a screening survey. After potential participants suitable for the purpose of this study were identified, some were selected for a follow-up interview. The findings of the study describe students’ conceptions of “what counts” as a prototype; what is valued in a prototype; the benefits of, and challenges associated with
+prototyping; and differences between in-class and out-of-class prototyping activities. The findings of this study improve our understanding to effectively scaffold prototyping activities in design and experiential learning.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1723802</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>