--- v0 (2025-10-31)
+++ v1 (2026-01-17)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,87 +86,93 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10176074</t>
-[...8 lines deleted...]
-    <t>Dai, T.; Sznaier, M.</t>
+    <t>10112515</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1093/mnras/stz265</t>
+  </si>
+  <si>
+    <t>The 3D shape of Type IIb SN 2011hs</t>
+  </si>
+  <si>
+    <t>Stevance, H F; Maund, J R; Baade, D; Bruten, J; Cikota, A; Höflich, P; Wang, L; Wheeler, J C; Clocchiatti, A; Spyromilio, J; Patat, F; Yang, Y; Crowther, P</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2019-12-01T05:00:00Z</t>
-[...8 lines deleted...]
-    <t>This paper proposes a data-driven framework to address the worst-case estimation problem for switched discrete-time linear systems based solely on the measured data (input &amp; output) and an ℓ ∞ bound over the noise. We start with the problem of designing a worst-case optimal estimator for a single system and show that this problem can be recast as a rank minimization problem and efficiently solved using standard relaxations of rank. Then we extend these results to the switched case. Our main result shows that, when the mode variable is known, the problem can be solved proceeding in a similar manner. To address the case where the mode variable is unmeasurable, we impose the hybrid decoupling constraint(HDC) in order to reformulate the original problem as a polynomial optimization which can be reduced to a tractable convex optimization using moments-based techniques.</t>
+    <t>2019-01-24T05:00:00Z</t>
+  </si>
+  <si>
+    <t>Monthly Notices of the Royal Astronomical Society</t>
+  </si>
+  <si>
+    <t>485</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>102 to 116</t>
+  </si>
+  <si>
+    <t>0035-8711</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1638234; 1808381; 1814631; 1646121</t>
+    <t>1817099</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
-    <t>Conference Paper</t>
+    <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -287,79 +293,83 @@
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
-      <c r="I2" s="0"/>
-      <c r="J2" s="0"/>
+      <c r="I2" t="s" s="0">
+        <v>33</v>
+      </c>
+      <c r="J2" t="s" s="0">
+        <v>34</v>
+      </c>
       <c r="K2" t="s" s="0">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="L2" s="0"/>
+        <v>35</v>
+      </c>
+      <c r="L2" t="s" s="0">
+        <v>36</v>
+      </c>
       <c r="M2" s="0"/>
-      <c r="N2" t="s" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="N2" s="0"/>
       <c r="O2" t="s" s="0">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>