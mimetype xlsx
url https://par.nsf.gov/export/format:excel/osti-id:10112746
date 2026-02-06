--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10112746</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1073/pnas.1902653116</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Robust computation with rhythmic spike patterns</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Frady, E. Paxon; Sommer, Friedrich T.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2019-08-20T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the National Academy of Sciences</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>201902653</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0027-8424</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Information coding by precise timing of spikes can be faster and more energy efficient than traditional rate coding. However, spike-timing codes are often brittle, which has limited their use in theoretical neuroscience and computing applications. Here, we propose a type of attractor neural network in complex state space and show how it can be leveraged to construct spiking neural networks with robust computational properties through a phase-to-timing mapping. Building on Hebbian neural associative memories, like Hopfield networks, we first propose threshold phasor associative memory (TPAM) networks. Complex phasor patterns whose components can assume continuous-valued phase angles and binary magnitudes can be stored and retrieved as stable fixed points in the network dynamics. TPAM achieves high memory capacity when storing sparse phasor patterns, and we derive the energy function that governs its fixed-point attractor dynamics. Second, we construct 2 spiking neural networks to approximate the complex algebraic computations in TPAM, a reductionist model with resonate-and-fire neurons and a biologically plausible network of integrate-and-fire neurons with synaptic delays and recurrently connected inhibitory interneurons. The fixed points of TPAM correspond to stable periodic states of precisely timed spiking activity that are robust to perturbation. The link established between rhythmic firing patterns and complex attractor dynamics has implications for the interpretation of spike patterns seen in neuroscience and can serve as a framework for computation in emerging neuromorphic devices.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1718991</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>