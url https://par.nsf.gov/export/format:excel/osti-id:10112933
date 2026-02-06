--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10112933</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/TCOMM.2019.2920348</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Offloading Optimization and Bottleneck Analysis for Mobile Cloud Computing</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Han, Di; Chen, Wei; Bai, Bo; Fang, Yuguang</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2019-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>IEEE Transactions on Communications</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 1</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0090-6778</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Mobile cloud computing systems, or simply mobile clouds, have attracted tremendous attention because they allow mobile devices with limited computational resources to offload complex computations. However, due to the channel uncertainty and the complexity of a computation task, mobile computation offloading may suffer from poor outage performance that the offloaded task cannot be completed within the desired delay constraint. Thus, how to efficiently identify and overcome the outage bottleneck, which could be used to optimize resource allocation schemes and improve the system performance effectively, is an open problem. In this paper, we shall develop a unified framework that minimizes the overall outage probability in various mobile computation offloading scenarios. More specifically, the outage bottleneck is defined and identified by adopting asymptotic analysis, without any need of the accurate outage probabilities in both transmissions and computations. To overcome the outage bottleneck, resource pairing, matching, and allocation policies are investigated. Both theoretical analysis and numerical results show that the outage bottleneck relies on not only the availability of spectrum and computation resources but also the probability distributions of computation complexities of the computation tasks.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1717736</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>