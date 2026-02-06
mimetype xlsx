--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10118542</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>PAPI Software-Defined Events for in-Depth Performance Analysis</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Jagode, H.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2019-05-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>International journal of high performance computing applications</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1741-2846</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>The methodology and standardization layer provided by the Performance Application Programming Interface (PAPI) has played a vital role in application profiling for almost two decades. It has enabled sophisticated performance analysis tool designers and performance-conscious scientists to gain insights into their applications by simply instrumenting their code using a handful of PAPI functions that “just work” across different hardware components. In the past, PAPI development had focused primarily on hardware-specific performance metrics. However, the rapidly increasing complexity of software infrastructure poses new measurement and analysis challenges for the developers of large-scale applications. In particular, acquiring information regarding the behavior of libraries and runtimes—used by scientific applications—requires low-level binary instrumentation, or APIs specific to each library and runtime. No uniform API for monitoring events that originate from inside the software stack has emerged. In this article, we present our efforts to extend PAPI’s role so that it becomes the de facto standard for exposing performance-critical events, which we refer to as software-defined events (SDEs), from different software layers. Upgrading PAPI with SDEs enables monitoring of both types of performance events—hardware- and software-related events—in a uniform way, through the same consistent PAPI. The goal of this article is threefold. First, we motivate the need for SDEs and describe our design decisions regarding the functionality we offer through PAPI’s new SDE interface. Second, we illustrate how SDEs can be utilized by different software packages, specifically, by showcasing their use in the numerical linear algebra library MAGMA-Sparse, the tensor algebra library TAMM that is part of the NWChem suite, and the compiler-based performance analysis tool Byfl. Third, we provide a performance analysis of the overhead that results from monitoring SDEs and discuss the trade-offs between overhead and functionality.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1642440</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>