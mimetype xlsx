--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10118837</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Design principles for the development of professional noticing of students’ technological mathematical practices.</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>McCulloch, A. W.; Lovett, J. N.; Cayton, C.; Dick, L. K.; Lee, H.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2018-10-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the 40th Annual Meeting of the North American Chapter of the International Group for the Psychology of Mathematics Education</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1195-1202</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>In support of standards for the learning and teaching of mathematics and statistics that advocate for the use of technology to promote reasoning and sense making, and to elicit student thinking, we draw on the use of authentic student work in the form of video case instruction to develop prospective secondary mathematics teachers’ [PSMTs] knowledge of students’ understanding, thinking, and learning with technology in mathematics. Specifically, we draw on the extant literature related to TPACK, video cases as learning objects, and noticing to propose a set of design principles intended to guide the development of materials to support PSMTs’ acquisition of TPACK. Here we explicate six design principles situated in the literature, provide an example of a module designed based on these principles, and share findings from pilot studies utilizing the module.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1820967</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>