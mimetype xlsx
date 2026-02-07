--- v0 (2025-11-03)
+++ v1 (2026-02-07)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10124070</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3319535.3345662</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Charting the Attack Surface of Trigger-Action IoT Platforms</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Wang, Qi; Datta, Pubali; Yang, Wei; Liu, Si; Bates, Adam; Gunter, Carl A.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2019-11-11T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>2019 ACM SIGSAC Conference on Computer and Communications Security</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1439 to 1453</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Internet of Things (IoT) deployments are becoming increasingly automated and vastly more complex. Facilitated by programming abstractions such as trigger-action rules, end-users can now easily create new functionalities by interconnecting their devices and other online services. However, when multiple rules are simultaneously enabled, complex system behaviors arise that are difficult to understand or diagnose. While history tells us that such conditions are ripe for exploitation, at present the security states of trigger-action IoT deployments are largely unknown. In this work, we conduct a comprehensive analysis of the interactions between trigger-action rules in order to identify their security risks. Using IFTTT as an exemplar platform, we first enumerate the space of inter-rule vulnerabilities that exist within trigger-action platforms. To aid users in the identification of these dangers, we go on to present iRuler, a system that performs Satisfiability Modulo Theories (SMT) solving and model checking to discover inter-rule vulnerabilities within IoT deployments. iRuler operates over an abstracted information flow model that represents the attack surface of an IoT deployment, but we discover in practice that such models are difficult to obtain given the closed nature of IoT platforms. To address this, we develop methods that assist in inferring trigger-action information flows based on Natural Language Processing. We develop a novel evaluative methodology for approximating plausible real-world IoT deployments based on the installation counts of 315,393 IFTTT applets, determining that 66% of the synthetic deployments in the IFTTT ecosystem exhibit the potential for inter-rule vulnerabilities. Combined, these efforts provide the insight into the real-world dangers of IoT deployment misconfigurations.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1657534; 1750024</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>