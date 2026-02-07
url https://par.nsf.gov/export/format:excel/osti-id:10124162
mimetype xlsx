--- v0 (2026-01-16)
+++ v1 (2026-02-07)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10124162</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/IPDPS.2016.94</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>High Performance Pattern Matching Using the Automata Processor</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Roy, Indranil; Srivastava, Ankit; Nourian, Marziyeh; Becchi, Michela; Aluru, Srinivas</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2016-05-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>2016 IEEE International Parallel and Distributed Processing Symposium (IPDPS)</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>In this paper, we study the acceleration of applications that require searching for all occurrences of thousands of string-patterns in an input data-stream, using the Automata Processor (AP). For this purpose, we use two applications from two fields, namely, network security and bioinformatics. The first application, called Fast-SNAP (for Fast-SNort using AP), scans network data for 4312 signatures of intrusion derived from the popular open-source Snort database. Using the resources of a single AP board, Fast-SNAP can scan for all these signatures at 10.3 Gbps. The second application, called PROTOMATA (for PROTein autOMATA), looks for all occurrences of 1308 protein motifs from the PROSITE database in protein sequences. PROTOMATA is up to half a million times faster than its single-CPU-based counterpart. The techniques developed to program these applications may be useful in the design and development of similar applications using this new hardware accelerator.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1448333</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2016</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>