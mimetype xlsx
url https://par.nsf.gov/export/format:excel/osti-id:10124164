--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10124164</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/ia3.2016.008</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Parallel Interval Stabbing on the Automata Processor</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Roy, Indranil; Srivastava, Ankit; Grimm, Matt; Aluru, Srinivas</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2016-11-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>2016 6th Workshop on Irregular Applications: Architecture and Algorithms (IA3)</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>The Automata Processor was designed for string-pattern matching. In this paper, we showcase its use to execute integer and floating-point comparisons and apply the same to accelerate interval stabbing queries. An interval stabbing query determines which of the intervals in a set overlap a query point. Such queries are often used in computational geometry, pattern matching, database management systems, and geographic information systems. The check for each interval is programmed as a single automaton and multiple automata are executed in parallel to provide significant performance gains. While handling 32-bit integers or single-precision floating-point numbers, up to 2.75 trillion comparisons can be executed per second, whereas 0.79 trillion comparisons per second can be completed for 64-bit integers or double-precision floating-point numbers. Additionally, our solution leaves the intervals in the set unordered; allowing addition or deletion of an interval in constant time. This is not possible for contemporary solutions wherein the intervals are ordered, making the query times faster, but making the updating of intervals complex. Our automata designs exemplify techniques that maximize resource utilization and  minimize performance bottlenecks, which may be useful to future application developers on this processor. Their modular design allows them to become constituent parts of larger automata, where the numerical comparisons are part of the overall pattern matching operation. We have validated the designs on hardware, and the routines to generate the necessary automata and execute them on the AP will be made available as software libraries shortly.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1448333</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2016</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>