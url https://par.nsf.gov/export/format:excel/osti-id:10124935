--- v0 (2025-11-02)
+++ v1 (2026-01-19)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -111,75 +111,75 @@
     <t>10124935</t>
   </si>
   <si>
     <t>https://doi.org/10.1111/mice.12517</t>
   </si>
   <si>
     <t>Structural health monitoring using extremely compressed data through deep learning</t>
   </si>
   <si>
     <t>Azimi, Mohsen [Department of Civil and Environmental Engineering University of Nevada Reno  Reno NV USA]; Pekcan, Gokhan [Department of Civil and Environmental Engineering University of Nevada Reno  Reno NV USA]</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2019-11-22T05:00:00Z</t>
   </si>
   <si>
     <t>Computer-Aided Civil and Infrastructure Engineering</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>6</t>
-  </si>
-[...1 lines deleted...]
-    <t>p. 597-614</t>
   </si>
   <si>
     <t>1093-9687</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;This study introduces a novel convolutional neural network (CNN)‐based approach for structural health monitoring (SHM) that exploits a form of measured compressed response data through transfer learning (TL)‐based techniques. The implementation of the proposed methodology allows damage identification and localization within a realistic large‐scale system. To validate the proposed method, first, a well‐known benchmark model is numerically simulated. Using acceleration response histories, as well as compressed response data in terms of discrete histograms, CNN models are trained, and the robustness of the CNN architectures is evaluated. Finally, pretrained CNNs are fine‐tuned to be adaptable for three‐parameter, extremely compressed response data, based on the response mean, standard deviation, and a scale factor. The performance of each CNN implementation is assessed using training accuracy histories as well as confusion matrices, along with other performance metrics. In addition to the numerical study, the performance of the proposed method is demonstrated using experimental vibration response data for verification and validation. The results indicate that deep TL can be implemented effectively for SHM of similar structural systems with different types of sensors.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
     <t>1646420</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
+    <t>p. 597-614</t>
+  </si>
+  <si>
     <t>Journal Article</t>
   </si>
   <si>
-    <t>Wiley-Blackwell</t>
+    <t>Elsevier</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -306,74 +306,72 @@
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="K2" t="s" s="0">
+      <c r="K2" s="0"/>
+      <c r="L2" t="s" s="0">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
+        <v>36</v>
+      </c>
+      <c r="O2" t="s" s="0">
         <v>37</v>
       </c>
-      <c r="O2" t="s" s="0">
+      <c r="P2" t="s" s="0">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
+        <v>39</v>
+      </c>
+      <c r="S2" t="s" s="0">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
         <v>41</v>
       </c>
       <c r="W2" t="s" s="0">
         <v>42</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>