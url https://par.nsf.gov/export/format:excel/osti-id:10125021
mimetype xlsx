--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,164 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
-[...112 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -178,181 +65,306 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10125021</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Stability-Flexibility Dilemma in Cognitive Control: A Dynamical System Perspective</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Musslick, Sebastian; Bizyaeva, Anastasia; Agaron, Shamay; Leonard, Naomi; Cohen, Jonathan D.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2019-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the 41st Annual Meeting of the Cognitive Science Society</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Constraints on control-dependent processing have become a fundamental concept in general theories of cognition that explain human behavior in terms of rational adaptations to these constraints. However, theories miss a rationale for why such constraints would exist in the first place. Recent work suggests that constraints on the allocation of control facilitate flexible task switching at the expense of the stability needed to support goal-directed behavior in face of distraction. Here, we formulate this problem in a dynamical system, in which control signals are represented as attractors and in which constraints on
+control allocation limit the depth of these attractors. We derive formal expressions of the stability-flexibility tradeoff, showing that constraints on control allocation improve cognitive flexibility but impair cognitive stability. Finally, we provide evidence that human participants adapt higher constraints on the allocation of control as the demand for flexibility increases but that participants deviate from optimal constraints.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1635056</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>