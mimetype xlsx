--- v0 (2026-01-17)
+++ v1 (2026-02-07)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10125885</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3338840.3355654</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Intelligent token-based code clone detection system for large scale source code</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Elkhail, Abdulrahman Abu; Svacina, Jan; Cerny, Tomas</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2019-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the Conference on Research in Adaptive and Convergent Systems</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>256 to 260</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>A code clone refers to code fragments in the source code that are identical or similar to each other. Code clones lead difficulties in software maintenance, bug fixing, present poor design and increase the system size. Code clone detection techniques and tools have been proposed by many researchers, however, there is a lack of clone detection techniques especially for large scale repositories. In this paper, we present a token-based clone detector called Intelligent Clone Detection Tool (ICDT) that can detect both exact and near-miss clones from large repositories using a standard workstation environment. In order to evaluate the scalability and the efficiency of ICDT, we use the most recent benchmark which is a big benchmark of real clones, BigCloneBench. In addition, we compare ICDT to four publicly available and state-of-the-art tools.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1854049</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>