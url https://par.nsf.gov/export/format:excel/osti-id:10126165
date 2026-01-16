--- v0 (2025-11-01)
+++ v1 (2026-01-16)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="41">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -92,92 +92,104 @@
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10126165</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t xml:space="preserve">Demo:Towards the Development of a Differentially Private Lightweight and Scalable Blockchain for IoT Conference Paper · November 2019 with 22 Reads </t>
-[...2 lines deleted...]
-    <t>Abdur R. Shahidx, Niki Pissinou</t>
+    <t>Demo:Towards the Development of a Differentially Private Lightweight and Scalable Blockchain for IoT</t>
+  </si>
+  <si>
+    <t>Shahid, Abdur; Pissinou, Niki; Njilla, Laurent; Aguilar, Edwin; Perez, Eric</t>
   </si>
   <si>
     <t>2019-11-14T05:00:00Z</t>
   </si>
   <si>
     <t>16th IEEE International Conference on Mobile Ad-Hoc and Smart Systems (MASS)</t>
+  </si>
+  <si>
+    <t>978-1-7281-4121-3</t>
+  </si>
+  <si>
+    <t>978-1-7281-4122-0</t>
   </si>
   <si>
     <t>In this work, we demonstrate the design and implementation
 of a novel privacy-preserving blockchain for the
 resource-constrained Internet of Things (IoT). Blockchain, by
 design, ensures trust, provides built-in integrity of information
 and security of immutability in an IoT system without the
 need of a centralized entity. However, its slow transaction rate,
 lack of transaction privacy, and high resource consumption are
 three of the major hindrances to the practical realization of
 blockchain in IoT. While directed acyclic graphs (DAG)-based
 blockchain variants (e.g., hashgraph) improve the transaction
 rate, the other two problems remain open. To this end, we
 designed and constructed the prototype of a blockchain by
 utilizing the benefits of high transaction rate and miner-free
 transaction validation process from hashgraph. The proposed
 blockchain, coined as PrivLiteChain, implements the concept
 of local differential privacy to provide transaction privacy and
 temporal constraint to the lifecycle of the blockchain to make it
 lightweight.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1851890</t>
+    <t>1851890; 2055485; 1801552</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>Conference Paper</t>
+  </si>
+  <si>
+    <t>IEEE</t>
+  </si>
+  <si>
+    <t>Monterey, CA, USA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -301,74 +313,82 @@
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="I2" s="0"/>
       <c r="J2" s="0"/>
       <c r="K2" s="0"/>
-      <c r="L2" s="0"/>
-      <c r="M2" s="0"/>
+      <c r="L2" t="s" s="0">
+        <v>32</v>
+      </c>
+      <c r="M2" t="s" s="0">
+        <v>33</v>
+      </c>
       <c r="N2" t="s" s="0">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="O2" t="s" s="0">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>36</v>
-[...2 lines deleted...]
-      <c r="X2" s="0"/>
+        <v>38</v>
+      </c>
+      <c r="W2" t="s" s="0">
+        <v>39</v>
+      </c>
+      <c r="X2" t="s" s="0">
+        <v>40</v>
+      </c>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>