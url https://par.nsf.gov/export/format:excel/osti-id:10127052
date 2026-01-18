--- v0 (2025-10-31)
+++ v1 (2026-01-18)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -111,75 +111,75 @@
     <t>10127052</t>
   </si>
   <si>
     <t>https://doi.org/10.1111/mice.12527</t>
   </si>
   <si>
     <t>Bayesian modeling of flood control networks for failure cascade characterization and vulnerability assessment</t>
   </si>
   <si>
     <t>Dong, Shangjia [Zachry Department of Civil and Environmental Engineering Texas A&amp;amp,M University College Station TX USA]; Yu, Tianbo [Zachry Department of Civil and Environmental Engineering Texas A&amp;amp,M University College Station TX USA]; Farahmand, Hamed [Zachry Department of Civil and Environmental Engineering Texas A&amp;amp,M University College Station TX USA]; Mostafavi, Ali [Zachry Department of Civil and Environmental Engineering Texas A&amp;amp,M University College Station TX USA]</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2019-12-10T05:00:00Z</t>
   </si>
   <si>
     <t>Computer-Aided Civil and Infrastructure Engineering</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>7</t>
-  </si>
-[...1 lines deleted...]
-    <t>p. 668-684</t>
   </si>
   <si>
     <t>1093-9687</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;This paper presents a Bayesian network model to assess the vulnerability of the flood control infrastructure and to simulate failure cascade based on the topological structure of flood control networks along with hydrological information gathered from sensors. Two measures are proposed to characterize the flood control network vulnerability and failure cascade: (a) node failure probability (NFP), which determines the failure likelihood of each network component under each scenario of rainfall event, and (b) failure cascade susceptibility, which captures the susceptibility of a network component to failure due to failure of other links. The proposed model was tested in both single watershed and multiple watershed scenarios in Harris County, Texas using historical data from three different flooding events, including Hurricane Harvey in 2017. The proposed model was able to identify the most vulnerable flood control network segments prone to flooding in the face of extreme rainfall. The framework and results furnish a new tool and insights to help decision‐makers to prioritize infrastructure enhancement investments and actions. The proposed Bayesian network modeling framework also enables simulation of failure cascades in flood control infrastructures, and thus could be used for scenario planning as well as near‐real‐time inundation forecasting to inform emergency response planning and operation, and hence improve the flood resilience of urban areas.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
     <t>1832662</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
+    <t>p. 668-684</t>
+  </si>
+  <si>
     <t>Journal Article</t>
   </si>
   <si>
-    <t>Wiley-Blackwell</t>
+    <t>Elsevier</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -306,74 +306,72 @@
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="K2" t="s" s="0">
+      <c r="K2" s="0"/>
+      <c r="L2" t="s" s="0">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
+        <v>36</v>
+      </c>
+      <c r="O2" t="s" s="0">
         <v>37</v>
       </c>
-      <c r="O2" t="s" s="0">
+      <c r="P2" t="s" s="0">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
+        <v>39</v>
+      </c>
+      <c r="S2" t="s" s="0">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
         <v>41</v>
       </c>
       <c r="W2" t="s" s="0">
         <v>42</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>