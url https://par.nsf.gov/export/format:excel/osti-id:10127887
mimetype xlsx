--- v0 (2026-01-16)
+++ v1 (2026-02-07)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10127887</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.4230/OASIcs.PLATEAU.2018.1</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>A Randomized Controlled Trial on the Impact of Polyglot Programming in a Database Context</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Uesbeck, Phillip Merlin; Stefik, and Andreas</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2019-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Open access series in informatics</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>67</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1-8</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2190-6807</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Using more than one programming language in the same project is common practice. Often, additional languages might be introduced to projects to solve specific issues. While the practice is common, it is unclear whether it has an impact on developer productivity. In this paper, we present a pilot study investigating what happens when programmers switch between programming languages. The experiment is a repeated measures double-blind randomized controlled trial with 3 groups with various kinds of code switching in a database context. Results provide a rigorous testing methodology that can be replicated by us or others and a theoretical backing for why these effects might exist from the linguistics literature.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1644491; 1738259; 1640131</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>