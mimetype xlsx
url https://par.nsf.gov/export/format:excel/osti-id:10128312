--- v0 (2025-11-03)
+++ v1 (2026-02-07)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10128312</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1007/978-3-030-20883-7_2</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Open Source Vulnerability Notification</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Carlson, Brandon; Leach, Kevin; Marinov, Darko; Nagappan, Meiyappan; Prakash, Atul</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2019-05-26T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Bordeleau F., Sillitti A., Meirelles P., Lenarduzzi V. (eds) Open Source Systems. OSS 2019. IFIP Advances in Information and Communication Technology</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>556</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>12-23</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>The use of third-party libraries to manage software complexity can expose open source software projects to vulnerabilities. However, project owners do not currently have a standard way to enable private disclosure of potential security vulnerabilities. This neglect may be caused in part by having no template to follow for disclosing such vulnerabilities. We analyzed 600 GitHub projects to determine how many projects contained a vulnerable dependency and whether the projects had a process in place to privately communicate security issues. We found that 385 out of 600 open source Java projects contained at least one vulnerable dependency, and only 13 of those 385 projects had a security vulnerability reporting process. That is, 96.6% of the projects with a vulnerability did not have a security notification process in place to allow for private disclosure. In determining whether the projects even had contact information publicly available, we found that 19.8% had no contact information publicly available, let alone a security vulnerability reporting process. We suggest two methods to allow for community members to privately disclose potential security vulnerabilities.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1646392; 1740897</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>