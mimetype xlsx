--- v0 (2025-11-03)
+++ v1 (2026-02-05)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10132934</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1017/S0140525X16001655</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>The evolution of general intelligence in &lt;i&gt;all&lt;/i&gt; animals and machines</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Holekamp, Kay E.; Miikkulainen, Risto</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2017-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Behavioral and Brain Sciences</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>40</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0140-525X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Abstract            We strongly agree that general intelligence occurs in many animals but find the cultural intelligence hypothesis of limited usefulness. Any viable hypothesis explaining the evolution of general intelligence should be able to account for it in all species where it is known to occur, and should also predict the conditions under which we can develop machines with general intelligence as well.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1755089</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2017</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>