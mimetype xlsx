--- v0 (2025-11-03)
+++ v1 (2026-02-06)
@@ -6,164 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
-[...112 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -178,181 +65,306 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10133996</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Image Processing in Python with Montage</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Good, John; Berriman, G. Bruce</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-04-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Astronomical Data Analysis Software and Systems XXVIII. ASP Conference Series, Vol. 523,.</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>The Montage image mosaic engine has found wide applicability in astronomy research, integration into processing environments, and is an examplar application for the development of advanced cyber-infrastructure. It is written in C to provide performance and portability. Linking C/C++ libraries to the Python kernel at run time as binary extensions allows them to run under Python at compiled speeds and enables users to take advantage of all the functionality in Python. We have built Python binary extensions of the 59 ANSI-C modules that make up version 5 of the Montage toolkit. This has involved a turning the code into a C library, with driver code fully separated to reproduce the calling sequence of the command-line tools; and then adding Python and C linkage code with the Cython library, which acts as a bridge between general C libraries and the Python interface.
+We will demonstrate how to use these Python binary extensions to perform image processing, including reprojecting and resampling images, rectifying background emission to a common level, creation of image mosaics that preserve the calibration and astrometric fidelity of the input images, creating visualizations with an adaptive stretch algorithm, processing HEALPix images, and analyzing and managing image metadata.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1835379</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>