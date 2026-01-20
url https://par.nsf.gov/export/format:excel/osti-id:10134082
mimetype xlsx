--- v0 (2025-11-01)
+++ v1 (2026-01-20)
@@ -125,51 +125,51 @@
   <si>
     <t>2020-01-02T05:00:00Z</t>
   </si>
   <si>
     <t>Science</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
     <t>6473</t>
   </si>
   <si>
     <t>64 to 67</t>
   </si>
   <si>
     <t>0036-8075</t>
   </si>
   <si>
     <t>A quantum anomalous Hall (QAH) insulator coupled to an s-wave superconductor is predicted to harbor chiral Majorana modes. A recent experiment interprets the half-quantized two-terminal conductance plateau as evidence for these modes in a millimeter-size QAH-niobium hybrid device. However, non-Majorana mechanisms can also generate similar signatures, especially in disordered samples. Here, we studied similar hybrid devices with a well-controlled and transparent interface between the superconductor and the QAH insulator. When the devices are in the QAH state with well-aligned magnetization, the two-terminal conductance is always half-quantized. Our experiment provides a comprehensive understanding of the superconducting proximity effect observed in QAH-superconductor hybrid devices and shows that the half-quantized conductance plateau is unlikely to be induced by chiral Majorana fermions in samples with a highly transparent interface.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1847811; 1707340</t>
+    <t>1847811; 1707340; 1905833</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>