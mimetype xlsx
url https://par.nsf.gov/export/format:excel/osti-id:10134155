--- v0 (2025-11-01)
+++ v1 (2026-01-20)
@@ -95,72 +95,72 @@
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10134155</t>
   </si>
   <si>
     <t>https://doi.org/10.1073/pnas.1908707117</t>
   </si>
   <si>
     <t>Genomics of sorghum local adaptation to a parasitic plant</t>
   </si>
   <si>
-    <t>Bellis, Emily_S [Department of Biology, The Pennsylvania State University, University Park, PA 16802,, Arkansas Biosciences Institute, Arkansas State University, State University, AR 72467,, Department of Computer Science, Arkansas State University, State University, AR 72467,] (ORCID:0000000160661466); Kelly, Elizabeth_A [Department of Biology, The Pennsylvania State University, University Park, PA 16802,, Intercollege Graduate Program in Plant Biology, The Pennsylvania State University, University Park, PA 16802,]; Lorts, Claire_M [Department of Biology, The Pennsylvania State University, University Park, PA 16802,]; Gao, Huirong [Applied Science and Technology, Corteva Agriscience, Johnston, IA 50131,]; DeLeo, Victoria_L [Department of Biology, The Pennsylvania State University, University Park, PA 16802,, Intercollege Graduate Program in Plant Biology, The Pennsylvania State University, University Park, PA 16802,]; Rouhan, Germinal [Institut Systématique Evolution Biodiversité, Muséum National d’Histoire Naturelle, CNRS, Sorbonne Université, École Pratique des Hautes Études, CP39, 75005 Paris, France,] (ORCID:0000000207515352); Budden, Andrew [Identification &amp;amp, Naming, Royal Botanic Gardens, Kew, TW9 3AB Richmond, United Kingdom,]; Bhaskara, Govinal_B [Department of Integrative Biology, University of Texas at Austin, Austin, TX 78712,] (ORCID:0000000280031207); Hu, Zhenbin [Department of Agronomy, Kansas State University, Manhattan, KS 66506,]; Muscarella, Robert [Department of Plant Ecology and Evolution, Evolutionary Biology Centre, Uppsala University, SE-75236 Uppsala, Sweden,] (ORCID:0000000330391076); Timko, Michael_P [Department of Biology, University of Virginia, Charlottesville, VA 22904,]; Nebie, Baloua [West and Central Africa Regional Program, International Crops Research Institute for the Semi-Arid Tropics, BP 320 Bamako, Mali,]; Runo, Steven_M [Department of Biochemistry and Biotechnology, Kenyatta University, Nairobi, Kenya]; Chilcoat, N_Doane [Applied Science and Technology, Corteva Agriscience, Johnston, IA 50131,]; Juenger, Thomas_E [Department of Integrative Biology, University of Texas at Austin, Austin, TX 78712,]; Morris, Geoffrey_P [Department of Agronomy, Kansas State University, Manhattan, KS 66506,]; dePamphilis, Claude_W [Department of Biology, The Pennsylvania State University, University Park, PA 16802,]; Lasky, Jesse_R [Department of Biology, The Pennsylvania State University, University Park, PA 16802,]</t>
+    <t>Bellis, Emily_S (ORCID:0000000160661466); Kelly, Elizabeth_A; Lorts, Claire_M; Gao, Huirong; DeLeo, Victoria_L; Rouhan, Germinal (ORCID:0000000207515352); Budden, Andrew; Bhaskara, Govinal_B (ORCID:0000000280031207); Hu, Zhenbin; Muscarella, Robert (ORCID:0000000330391076); Timko, Michael_P; Nebie, Baloua; Runo, Steven_M; Chilcoat, N_Doane; Juenger, Thomas_E; Morris, Geoffrey_P; dePamphilis, Claude_W; Lasky, Jesse_R</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2020-02-11T05:00:00Z</t>
   </si>
   <si>
     <t>Proceedings of the National Academy of Sciences</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>0027-8424</t>
   </si>
   <si>
-    <t>&lt;p&gt;Host–parasite coevolution can maintain high levels of genetic diversity in traits involved in species interactions. In many systems, host traits exploited by parasites are constrained by use in other functions, leading to complex selective pressures across space and time. Here, we study genome-wide variation in the staple crop&lt;italic&gt;Sorghum bicolor&lt;/italic&gt;(L.) Moench and its association with the parasitic weed&lt;italic&gt;Striga hermonthica&lt;/italic&gt;(Delile) Benth., a major constraint to food security in Africa. We hypothesize that geographic selection mosaics across gradients of parasite occurrence maintain genetic diversity in sorghum landrace resistance. Suggesting a role in local adaptation to parasite pressure, multiple independent loss-of-function alleles at sorghum&lt;italic&gt;LOW GERMINATION STIMULANT 1 (LGS1)&lt;/italic&gt;are broadly distributed among African landraces and geographically associated with&lt;italic&gt;S. hermonthica&lt;/italic&gt;occurrence. However, low frequency of these alleles within&lt;italic&gt;S. hermonthica&lt;/italic&gt;-prone regions and their absence elsewhere implicate potential trade-offs restricting their fixation.&lt;italic&gt;LGS1&lt;/italic&gt;is thought to cause resistance by changing stereochemistry of strigolactones, hormones that control plant architecture and below-ground signaling to mycorrhizae and are required to stimulate parasite germination. Consistent with trade-offs, we find signatures of balancing selection surrounding&lt;italic&gt;LGS1&lt;/italic&gt;and other candidates from analysis of genome-wide associations with parasite distribution. Experiments with CRISPR–Cas9-edited sorghum further indicate that the benefit of&lt;italic&gt;LGS1&lt;/italic&gt;-mediated resistance strongly depends on parasite genotype and abiotic environment and comes at the cost of reduced photosystem gene expression. Our study demonstrates long-term maintenance of diversity in host resistance genes across smallholder agroecosystems, providing a valuable comparison to both industrial farming systems and natural communities.&lt;/p&gt;</t>
+    <t>&lt;p&gt;Host–parasite coevolution can maintain high levels of genetic diversity in traits involved in species interactions. In many systems, host traits exploited by parasites are constrained by use in other functions, leading to complex selective pressures across space and time. Here, we study genome-wide variation in the staple crop&lt;italic toggle='yes'&gt;Sorghum bicolor&lt;/italic&gt;(L.) Moench and its association with the parasitic weed&lt;italic toggle='yes'&gt;Striga hermonthica&lt;/italic&gt;(Delile) Benth., a major constraint to food security in Africa. We hypothesize that geographic selection mosaics across gradients of parasite occurrence maintain genetic diversity in sorghum landrace resistance. Suggesting a role in local adaptation to parasite pressure, multiple independent loss-of-function alleles at sorghum&lt;italic toggle='yes'&gt;LOW GERMINATION STIMULANT 1 (LGS1)&lt;/italic&gt;are broadly distributed among African landraces and geographically associated with&lt;italic toggle='yes'&gt;S. hermonthica&lt;/italic&gt;occurrence. However, low frequency of these alleles within&lt;italic toggle='yes'&gt;S. hermonthica&lt;/italic&gt;-prone regions and their absence elsewhere implicate potential trade-offs restricting their fixation.&lt;italic toggle='yes'&gt;LGS1&lt;/italic&gt;is thought to cause resistance by changing stereochemistry of strigolactones, hormones that control plant architecture and below-ground signaling to mycorrhizae and are required to stimulate parasite germination. Consistent with trade-offs, we find signatures of balancing selection surrounding&lt;italic toggle='yes'&gt;LGS1&lt;/italic&gt;and other candidates from analysis of genome-wide associations with parasite distribution. Experiments with CRISPR–Cas9-edited sorghum further indicate that the benefit of&lt;italic toggle='yes'&gt;LGS1&lt;/italic&gt;-mediated resistance strongly depends on parasite genotype and abiotic environment and comes at the cost of reduced photosystem gene expression. Our study demonstrates long-term maintenance of diversity in host resistance genes across smallholder agroecosystems, providing a valuable comparison to both industrial farming systems and natural communities.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
     <t>1711950</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>p. 4243-4251</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>