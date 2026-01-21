--- v0 (2025-11-01)
+++ v1 (2026-01-21)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="40">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,87 +86,105 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10137804</t>
-[...8 lines deleted...]
-    <t>Rouse, Courtney A.; Cousin, Christian A.; Duenas, Victor H.; Dixon, Warren E.</t>
+    <t>10073402</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2018-06-01T04:00:00Z</t>
-[...8 lines deleted...]
-    <t>A wide variation in muscle strength and range of motion exists in the movement disorder rehabilitation community. Functional Electrical Stimulation (FES) can be used to induce muscle contractions to assist a person who can contribute volitional coordinated torques. A motor can be used to both assist and resist a person's volitional and/or FES-induced pedaling. In this paper, a multi-level switched system is applied to a two-sided control objective to maintain a desired range of cadence using FES, motor assistance, motor resistance, and volitional pedaling. A system with assistive, passive, and resistive modes are developed based on cadence, each with a different combination of actuators. Lyapunov-based methods for switched systems are used to prove global exponential tracking to the desired cadence range for the combined FES-motor control system. Preliminary experiments show the feasibility and stability of the multi-level switched control system.</t>
+    <t>A Comparative Analysis of Selected National and Regional Investment Initiatives that Seek to Achieve Broadband Expansion by Deploying NGA Networks</t>
+  </si>
+  <si>
+    <t>Beltrán, Fernando; Van der Wee, Merlies; Verbruggen, Sophie</t>
+  </si>
+  <si>
+    <t>2018-01-01T05:00:00Z</t>
+  </si>
+  <si>
+    <t>Journal of information policy</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>267-295</t>
+  </si>
+  <si>
+    <t>2158-3897</t>
+  </si>
+  <si>
+    <t>Expectations about higher economic growth and the ever-increasing demand for
+higher bandwidth are driving the worldwide deployment of Next-Generation
+Access (NGA) networks. The paths followed to achieve this goal markedly vary,
+however, across different countries. This article offers a comparison of a handful
+of leading NGA deployments that rely on different investment models. We study
+the broadband national initiatives of New Zealand and Australia and a group of
+selected regional NGA deployments in Europe. While New Zealand’s approach
+partially relies on a public–private partnership model of investment, Australia’s
+National Broadband Network is a wholly government-funded initiative and the
+European local initiatives in Sweden, Spain, the Netherlands, and Portugal use a
+range of mixed models of investment. We use a common technology–policy–market
+framework that allows for a clear mapping of the incentives, goals, and actions
+of those involved in network deployment. Our main interest is the identification
+of the drivers for investment as well as the description of main risk factors in each
+case. By applying this framework to those selected deployment cases our work
+draws relevant conclusions about the impact of investment decisions on performance criteria such as coverage and uptake.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1762829</t>
+    <t>1637540</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
-    <t>Conference Paper</t>
+    <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -276,90 +294,94 @@
       </c>
       <c r="X1" t="s" s="1">
         <v>23</v>
       </c>
       <c r="Y1" t="s" s="1">
         <v>24</v>
       </c>
       <c r="Z1" t="s" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
+        <v>27</v>
+      </c>
+      <c r="F2" t="s" s="0">
+        <v>27</v>
+      </c>
+      <c r="G2" t="s" s="0">
         <v>30</v>
       </c>
-      <c r="F2" t="s" s="0">
-[...2 lines deleted...]
-      <c r="G2" t="s" s="0">
+      <c r="H2" t="s" s="0">
         <v>31</v>
       </c>
-      <c r="H2" t="s" s="0">
+      <c r="I2" t="s" s="0">
         <v>32</v>
       </c>
-      <c r="I2" s="0"/>
       <c r="J2" s="0"/>
       <c r="K2" t="s" s="0">
         <v>33</v>
       </c>
-      <c r="L2" s="0"/>
+      <c r="L2" t="s" s="0">
+        <v>34</v>
+      </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="O2" t="s" s="0">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="Q2" t="s" s="0">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="S2" t="s" s="0">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="T2" t="s" s="0">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>