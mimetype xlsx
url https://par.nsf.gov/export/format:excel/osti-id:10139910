--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10139910</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1146/annurev-matsci-070218-010023</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Transport of Topological Semimetals</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Hu, Jin; Xu, Su-Yang; Ni, Ni; Mao, Zhiqiang</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2019-07-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Annual Review of Materials Research</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>207 to 252</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1531-7331</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Three-dimensional (3D) topological semimetals represent a new class of topological matters. The study of this family of materials has been at the frontiers of condensed matter physics, and many breakthroughs have been made. Several topological semimetal phases, including Dirac semimetals (DSMs), Weyl semimetals (WSMs), nodal-line semimetals (NLSMs), and triple-point semimetals, have been theoretically predicted and experimentally demonstrated. The low-energy excitation around the Dirac/Weyl nodal points, nodal line, or triply degenerated nodal point can be viewed as emergent relativistic fermions. Experimental studies have shown that relativistic fermions can result in a rich variety of exotic transport properties, e.g., extremely large magnetoresistance, the chiral anomaly, and the intrinsic anomalous Hall effect. In this review, we first briefly introduce band structural characteristics of each topological semimetal phase, then review the current studies on quantum oscillations and exotic transport properties of various topological semimetals, and finally provide a perspective of this area.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1707502</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>