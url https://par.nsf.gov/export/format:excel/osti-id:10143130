--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10143130</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1177/0361198119838261</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Bikeshare Users on a Budget? Trip Chaining Analysis of Bikeshare User Groups in Chicago</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Yang, Siyue; Brakewood, Candace; Nicolas, Virgile; Sion, Jake</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2019-04-17T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Transportation Research Record: Journal of the Transportation Research Board</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>2673</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>329 to 340</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0361-1981</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>This analysis focuses on a smartphone app known as “Transit” that is used to unlock shared bicycles in Chicago. Data from the app were utilized in a three-part analysis. First, Transit app bikeshare usage patterns were compared with system-wide bikeshare utilization using publicly available data. The results revealed that hourly usage on weekdays generally follows classical peaked commuting patterns; however, daily usage reached its highest level on weekends. This suggests that there may be large numbers of both commuting and recreational users. The second part aimed to identify distinct user groups via cluster analysis; the results revealed six different clusters: (1) commuters, (2) utility users, (3) leisure users, (4) infrequent commuters, (5) weekday visitors, and (6) weekend visitors. The group unlocking the most shared bikes (45.58% of all Transit app unlocks) was commuters, who represent 10% of Transit app bikeshare users. The third part proposed a trip chaining algorithm to identify “trip chaining bikers.” This term refers to bikeshare users who return a shared bicycle and immediately check out another, presumably to avoid paying extra usage fees for trips over 30 min. The algorithm revealed that 27.3% of Transit app bikeshare users exhibited this type of “bike chaining” behavior. However, this varied substantially between user groups; notably, 66% of Transit app bikeshare users identified as commuters made one or more bike chaining unlocks. The implications are important for bikeshare providers to understand the impact of pricing policies, particularly in encouraging the turn-over of bicycles.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1659502</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>