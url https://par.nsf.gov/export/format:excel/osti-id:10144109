--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,170 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...118 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -184,183 +65,306 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10144109</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3292500.3330688</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Active Deep Learning for Activity Recognition with Context Aware Annotator Selection</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Hossain, H M; Roy, Nirmalya</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2019-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the 25th ACM SIGKDD Conference on Knowledge Discovery and Data Mining (KDD), Anchorage, Alaska, August 2019</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1862 to 1870</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Machine learning models are bounded by the credibility of ground truth data used for both training and testing. Regardless of the problem domain, this ground truth annotation is objectively manual and tedious as it needs considerable amount of human intervention.
+With the advent of Active Learning with multiple annotators, the burden can be somewhat mitigated by actively acquiring labels of most informative data instances. However, multiple annotators with varying degrees of expertise poses new set of challenges in terms of quality of the label received and availability of the annotator. Due to limited amount of ground truth information addressing the variabilities of Activity of Daily Living (ADLs), activity recognition models using wearable and mobile devices are still not robust enough for real-world deployment. In this paper, we propose an active learning combined deep model which updates its network parameters based on the optimization of a joint loss function. We then propose a novel annotator selection model by exploiting the relationships among the users while considering their heterogeneity with respect to their expertise, physical and spatial context. Our proposed model leverages model-free deep reinforcement learning in a partially observable environment setting to capture the actionreward interaction among multiple annotators. Our experiments in real-world settings exhibit that our active deep model converges to optimal accuracy with fewer labeled instances and achieves 8% improvement in accuracy in fewer iterations.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1750936</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>