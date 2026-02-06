--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10144859</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.18653/v1/D19-1496</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Learning to Discriminate Perturbations for Blocking Adversarial Attacks in Text Classification</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Zhou, Yichao; Jiang, Jyun-Yu; Chang, Kai-Wei; Wang, Wei</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2019-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the 2019 Conference on Empirical Methods in Natural Language Processing and the 9th International Joint Conference on Natural Language Processing (EMNLP-IJCNLP)</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>4903 to 4912</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Adversarial attacks against machine learning models have threatened various real-world applications such as spam filtering and sentiment analysis. In this paper, we propose a novel framework, learning to discriminate perturbations (DISP), to identify and adjust malicious perturbations, thereby blocking adversarial attacks for text classification models. To identify adversarial attacks, a perturbation discriminator validates how likely a token in the text is perturbed and provides a set of potential perturbations. For each potential perturbation, an embedding estimator learns to restore the embedding of the original word based on the context and a replacement token is chosen based on approximate kNN search. DISP can block adversarial attacks for any NLP model without modifying the model structure or training procedure. Extensive experiments on two benchmark datasets demonstrate that DISP significantly outperforms baseline methods in blocking adversarial attacks for text classification. In addition, in-depth analysis shows the robustness of DISP across different situations.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1760523</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>