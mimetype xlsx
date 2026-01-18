--- v0 (2025-11-03)
+++ v1 (2026-01-18)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,87 +86,90 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10146110</t>
+    <t>10318796</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1287/opre.2020.2056</t>
+  </si>
+  <si>
+    <t>Nash Social Welfare Approximation for Strategic Agents</t>
+  </si>
+  <si>
+    <t>Brânzei, Simina; Gkatzelis, Vasilis; Mehta, Ruta</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>"A Distributional Framework for Matched Employer Employee"</t>
-[...20 lines deleted...]
-    <t>0012-9682</t>
+    <t>2022-01-01T05:00:00Z</t>
+  </si>
+  <si>
+    <t>Operations Research</t>
+  </si>
+  <si>
+    <t>70</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>0030-364X</t>
+  </si>
+  <si>
+    <t>A central goal in the long literature on fair division is the design of mechanisms that implement fair outcomes, despite the participants’ strategic behavior. We study this question by measuring the fairness of an allocation using the geometric mean of the agents’ values, known as the Nash social welfare (NSW). This objective is maximized by widely known concepts such as the Nash bargaining solution, proportional fairness, and the competitive equilibrium with equal incomes; we focus on (approximately) implementing this objective and analyze the Trading Post mechanism. We consider allocating goods that are substitutes or complements and show that this mechanism achieves an approximation of two for concave utility functions and becomes essentially optimal for complements, where it can reach [Formula: see text] for any [Formula: see text]. Moreover, we show that the Nash equilibria of this mechanism are pure and provide individual fairness in the sense of proportionality.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1817476</t>
-[...2 lines deleted...]
-    <t>2019</t>
+    <t>1750436</t>
+  </si>
+  <si>
+    <t>2022</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
@@ -279,94 +282,94 @@
       </c>
       <c r="X1" t="s" s="1">
         <v>23</v>
       </c>
       <c r="Y1" t="s" s="1">
         <v>24</v>
       </c>
       <c r="Z1" t="s" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="I2" t="s" s="0">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="J2" t="s" s="0">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="K2" t="s" s="0">
         <v>34</v>
       </c>
+      <c r="K2" s="0"/>
       <c r="L2" t="s" s="0">
         <v>35</v>
       </c>
       <c r="M2" s="0"/>
-      <c r="N2" s="0"/>
+      <c r="N2" t="s" s="0">
+        <v>36</v>
+      </c>
       <c r="O2" t="s" s="0">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="Q2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="S2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>