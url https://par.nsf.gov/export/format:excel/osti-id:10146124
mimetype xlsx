--- v0 (2025-11-03)
+++ v1 (2026-02-05)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10146124</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1039/C9SC05436G</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Wall teichoic acids govern cationic gold nanoparticle interaction with Gram-positive bacterial cell walls</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Caudill, Emily R.; Hernandez, Rodrigo Tapia; Johnson, Kyle P.; O'Rourke, James T.; Zhu, Lingchao; Haynes, Christy L.; Feng, Z. Vivian; Pedersen, Joel A.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Chemical Science</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2041-6520</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Molecular-level understanding of nanomaterial interactions with bacterial cell surfaces can facilitate design of antimicrobial and antifouling surfaces and inform assessment of potential consequences of nanomaterial release into the environment. Here, we investigate the interaction of cationic nanoparticles with the main surface components of Gram-positive bacteria: peptidoglycan and teichoic acids. We employed intact cells and isolated cell walls from wild type              Bacillus subtilis              and two mutant strains differing in wall teichoic acid composition to investigate interaction with gold nanoparticles functionalized with cationic, branched polyethylenimine. We quantified nanoparticle association with intact cells by flow cytometry and determined sites of interaction by solid-state              31              P- and              13              C-NMR spectroscopy. We find that wall teichoic acid structure and composition were important determinants for the extent of interaction with cationic gold nanoparticles. The nanoparticles interacted more with wall teichoic acids from the wild type and mutant lacking glucose in its wall teichoic acids than those from the mutant having wall teichoic acids lacking alanine and exhibiting more restricted molecular motion. Our experimental evidence supports the interpretation that electrostatic forces contributed to nanoparticle–cell interactions and that the accessibility of negatively charged moieties in teichoic acid chains influences the degree of interaction. The approaches employed in this study can be applied to engineered nanomaterials differing in core composition, shape, or surface functional groups as well as to other types of bacteria to elucidate the influence of nanoparticle and cell surface properties on interactions with Gram-positive bacteria.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1503408</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>