--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,164 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
-[...112 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -178,181 +65,306 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10146531</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>OmegaLog: High-Fidelity Attack Investigation via Transparent Multi-layer Log Analysis</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Hassan, Wajih Ul; Noureddine, Mohammad Ali; Datta, Pubali; Bates, Adam</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Network and Distributed System Security Symposium</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Recent advances in causality analysis have enabled investigators to trace multi-stage attacks using whole- system provenance graphs. Based on system-layer audit logs (e.g., syscalls), these approaches omit vital sources of application context (e.g., email addresses, HTTP response codes) that can found in higher layers of the system. Although this information is often essential to understanding attack behaviors, incorporating this evidence into causal analysis engines is difficult due to the semantic gap that exists between system layers.
+To address this shortcoming, we propose the notion of universal provenance, which encodes all forensically-relevant causal dependencies regardless of their layer of origin. To transparently realize this vision on commodity systems, we present ωLOG (“Omega Log”), a provenance tracking mechanism that bridges the semantic gap between system and application logging contexts. ωLOG analyzes program binaries to identify and model application-layer logging behaviors, enabling application events to be accurately reconciled with system-layer accesses. ωLOG then intercepts applications’ runtime logging activities and grafts those events onto the system-layer provenance graph, allowing investigators to reason more precisely about the nature of attacks. We demonstrate that ωLOG is widely-applicable to existing software projects and can transparently facilitate execution partitioning of dependency graphs without any training or developer intervention. Evaluation on real-world attack scenarios shows that universal provenance graphs are concise and rich with semantic information as compared to the state-of-the-art, with 12% average runtime overhead.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1657534; 1750024</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>