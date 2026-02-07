--- v0 (2026-01-16)
+++ v1 (2026-02-07)
@@ -6,167 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="38">
-[...115 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -181,181 +65,306 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10146532</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/3366423.3380173</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Valve: Securing Function Workfows on Serverless Computing Platforms</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Datta, Pubali; Kumar, Prabuddha; Morris, Tristan; Grace, Michael; Rahmati, Amir; Bates, Adam</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Web Conference</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Serverless Computing has quickly emerged as a dominant cloud computing paradigm, allowing developers to rapidly prototype event-driven applications using a composition of small functions that each perform a single logical task. However, many such application workflows are based in part on publicly-available functions developed by third-parties, creating the potential for functions to behave in unexpected, or even malicious, ways. At present, developers are not in total control of where and how their data is flowing, creating significant security and privacy risks in growth markets that have embraced serverless (e.g., IoT).
+As a practical means of addressing this problem, we present Valve, a serverless platform that enables developers to exert complete fine-grained control of information flows in their applications. Valve enables workflow developers to reason about function behaviors, and specify restrictions, through auditing of network-layer information flows. By proxying network requests and propagating taint labels across network flows, Valve is able to restrict function behavior without code modification. We demonstrate that Valve is able defend against known serverless attack behaviors including container reuse-based persistence and data exfiltration over cloud platform APIs with less than 2.8% runtime overhead, 6.25% deployment overhead and 2.35% teardown overhead.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1750024; 1657534</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>