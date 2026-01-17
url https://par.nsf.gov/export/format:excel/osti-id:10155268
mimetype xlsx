--- v0 (2025-11-02)
+++ v1 (2026-01-17)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -95,91 +95,91 @@
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10155268</t>
   </si>
   <si>
     <t>https://doi.org/10.1111/mice.12565</t>
   </si>
   <si>
     <t>Structural sensing with deep learning: Strain estimation from acceleration data for fatigue assessment</t>
   </si>
   <si>
-    <t>Gulgec, Nur Sila [Department of Civil and Environmental Engineering Lehigh University Bethlehem PA USA]; Takáč, Martin [Department of Industrial and Systems Engineering Lehigh University Bethlehem PA USA]; Pakzad, Shamim N. [Department of Civil and Environmental Engineering Lehigh University Bethlehem PA USA]</t>
+    <t>Gulgec, Nur_Sila [Department of Civil and Environmental Engineering Lehigh University Bethlehem PA USA]; Takáč, Martin [Department of Industrial and Systems Engineering Lehigh University Bethlehem PA USA]; Pakzad, Shamim_N [Department of Civil and Environmental Engineering Lehigh University Bethlehem PA USA]</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2020-05-20T04:00:00Z</t>
   </si>
   <si>
     <t>Computer-Aided Civil and Infrastructure Engineering</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>12</t>
-  </si>
-[...1 lines deleted...]
-    <t>p. 1349-1364</t>
   </si>
   <si>
     <t>1093-9687</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;Many of the civil structures experience significant vibrations and repeated stress cycles during their life span. These conditions are the bases for fatigue analysis to accurately establish the remaining fatigue life of the structures that ideally requires a full‐field strain assessment of the structures over years of data collection. Traditional inspection methods collect strain measurements by using strain gauges for a short time span and extrapolate the measurements in time; nevertheless, large‐scale deployment of strain gauges is expensive and laborious as more spatial information is desired. This paper introduces a deep learning‐based approach to replace this high cost by employing inexpensive data coming from acceleration sensors. The proposed approach utilizes collected acceleration responses as inputs to a multistage deep neural network based on long short‐term memory and fully connected layers to estimate the strain responses. The memory requirement of training long acceleration sequences is reduced by proposing a novel training strategy. In the evaluation of the method, a laboratory‐scale horizontally curved girder subjected to various loading scenarios is tested.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
     <t>1740796; 1618717</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
+    <t>p. 1349-1364</t>
+  </si>
+  <si>
     <t>Journal Article</t>
   </si>
   <si>
-    <t>Wiley-Blackwell</t>
+    <t>Elsevier</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -306,74 +306,72 @@
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="K2" t="s" s="0">
+      <c r="K2" s="0"/>
+      <c r="L2" t="s" s="0">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
+        <v>36</v>
+      </c>
+      <c r="O2" t="s" s="0">
         <v>37</v>
       </c>
-      <c r="O2" t="s" s="0">
+      <c r="P2" t="s" s="0">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
+        <v>39</v>
+      </c>
+      <c r="S2" t="s" s="0">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
         <v>41</v>
       </c>
       <c r="W2" t="s" s="0">
         <v>42</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>